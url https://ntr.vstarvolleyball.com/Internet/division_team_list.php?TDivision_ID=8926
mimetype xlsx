--- v0 (2026-02-14)
+++ v1 (2026-03-31)
@@ -12,194 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Teams" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Club Name</t>
   </si>
   <si>
     <t>Team Name</t>
   </si>
   <si>
     <t>Display as</t>
   </si>
   <si>
     <t>TeamCode</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Indx_Pts</t>
   </si>
   <si>
     <t>NET Juniors</t>
   </si>
   <si>
     <t>NET 16's Black</t>
   </si>
   <si>
     <t>G16NETJR1NT</t>
   </si>
   <si>
-    <t>Pending</t>
+    <t>Paid</t>
   </si>
   <si>
     <t>Henderson Juniors Volleyball Club</t>
   </si>
   <si>
     <t xml:space="preserve"> 18 RED</t>
   </si>
   <si>
     <t>HJVC 18 RED</t>
   </si>
   <si>
     <t>G18HJVBC1NT</t>
   </si>
   <si>
+    <t>Dynasty Volleyball Club</t>
+  </si>
+  <si>
+    <t>Dynasty 18u</t>
+  </si>
+  <si>
+    <t>DVC18</t>
+  </si>
+  <si>
+    <t>G18DYNVB1LS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northeast Longhorns </t>
+  </si>
+  <si>
+    <t>Northeast Elite 18U</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NE Elite </t>
+  </si>
+  <si>
+    <t>G18NELVB1NT</t>
+  </si>
+  <si>
     <t>753 Volleyball</t>
   </si>
   <si>
     <t>G18MAGNO1DE</t>
   </si>
   <si>
-    <t>Paid</t>
-[...1 lines deleted...]
-  <si>
     <t>Titus Outcast Volleyball Club</t>
   </si>
   <si>
     <t>Fuego</t>
   </si>
   <si>
     <t>TVC Fuego</t>
   </si>
   <si>
     <t>G18TITOC1NT</t>
   </si>
   <si>
     <t>White Oak Juniors Volleyball Club</t>
   </si>
   <si>
     <t>WOJRS17U_2026</t>
   </si>
   <si>
     <t>WOJRS17U</t>
   </si>
   <si>
     <t>G17WOJVC1NT</t>
   </si>
   <si>
+    <t>East Texas Elite Volleyball Academy</t>
+  </si>
+  <si>
+    <t>17U</t>
+  </si>
+  <si>
+    <t>eteva 17</t>
+  </si>
+  <si>
+    <t>G17ETEVA1LS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NET 17's </t>
+  </si>
+  <si>
+    <t>NET 17's</t>
+  </si>
+  <si>
+    <t>G17NETJR1NT</t>
+  </si>
+  <si>
     <t>Pineywoods Volleyball Club</t>
   </si>
   <si>
     <t>LEAD 17</t>
   </si>
   <si>
     <t>PVC LEAD 17</t>
   </si>
   <si>
     <t>G17PINEY2NT</t>
   </si>
   <si>
-    <t xml:space="preserve">NET 17's </t>
-[...31 lines deleted...]
-  <si>
     <t>RocketFuel Volleyball Club</t>
   </si>
   <si>
     <t>Rocketfuel318 17s SHR</t>
   </si>
   <si>
     <t>RVC318 17SHR</t>
   </si>
   <si>
     <t>G17RFUEL2BY</t>
-  </si>
-[...10 lines deleted...]
-    <t>G18NELVB1NT</t>
   </si>
   <si>
     <t>Dynamic VC</t>
   </si>
   <si>
     <t>17U Elite</t>
   </si>
   <si>
     <t>17U KAY</t>
   </si>
   <si>
     <t>G17DYNVB1NT</t>
   </si>
   <si>
     <t>Dropped</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -571,271 +568,271 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2">
-        <v>80.049000000000007</v>
+        <v>77.858</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3">
         <v>75.629</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F4">
-        <v>66.916</v>
+        <v>70.726</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5">
-        <v>65.416</v>
+        <v>69.456</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>22</v>
       </c>
       <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
         <v>23</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F6">
-        <v>61.269</v>
+        <v>68.18600000000001</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>26</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>27</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7">
-        <v>61.045000000000002</v>
+        <v>65.416</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8">
-        <v>60.605</v>
+        <v>60.973</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>34</v>
       </c>
       <c r="D9" t="s">
         <v>35</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9">
-        <v>55.917</v>
+        <v>60.937</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s">
         <v>36</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>37</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>38</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F10">
-        <v>0.0</v>
+        <v>60.937</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>41</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>42</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F11">
-        <v>0.0</v>
+        <v>58.481</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
         <v>44</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>46</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F12">
-        <v>0.0</v>
+        <v>58.427</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>49</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>50</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>51</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13">
-        <v>60.602</v>
+        <v>60.432</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>