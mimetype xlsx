--- v0 (2026-02-14)
+++ v1 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Teams" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Club Name</t>
   </si>
   <si>
     <t>Team Name</t>
   </si>
   <si>
     <t>Display as</t>
   </si>
   <si>
     <t>TeamCode</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Indx_Pts</t>
   </si>
   <si>
     <t>East Texas Juniors</t>
   </si>
   <si>
     <t>16 Black</t>
   </si>
   <si>
@@ -80,93 +80,90 @@
   <si>
     <t>Titus Outcast Volleyball Club</t>
   </si>
   <si>
     <t>Elite</t>
   </si>
   <si>
     <t>TVC Elite</t>
   </si>
   <si>
     <t>G16TITOC1NT</t>
   </si>
   <si>
     <t xml:space="preserve">Allegiant Volleyball Club </t>
   </si>
   <si>
     <t>Allegiant 16 East</t>
   </si>
   <si>
     <t xml:space="preserve">Allegiant 16 East </t>
   </si>
   <si>
     <t>G16ALLEG4NT</t>
   </si>
   <si>
-    <t>Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>SBC Impact Volleyball</t>
   </si>
   <si>
     <t>SBC Impact 16 Black</t>
   </si>
   <si>
     <t>G16SBCIV1BY</t>
   </si>
   <si>
     <t>16 Red</t>
   </si>
   <si>
     <t>SBC Impact 16 Red</t>
   </si>
   <si>
     <t>G16SBCIV2BY</t>
   </si>
   <si>
+    <t>Dynasty Volleyball Club</t>
+  </si>
+  <si>
+    <t>Dynasty 16u</t>
+  </si>
+  <si>
+    <t>DVC16</t>
+  </si>
+  <si>
+    <t>G16DYNVB1LS</t>
+  </si>
+  <si>
     <t>TC Elite</t>
   </si>
   <si>
     <t>16 LEXI</t>
   </si>
   <si>
     <t>TC ELITE 16L</t>
   </si>
   <si>
     <t>G16TCEVB4BY</t>
-  </si>
-[...10 lines deleted...]
-    <t>G16DYNVB1LS</t>
   </si>
   <si>
     <t>Pineywoods Volleyball Club</t>
   </si>
   <si>
     <t>16 Downs</t>
   </si>
   <si>
     <t>PVC 16 Downs</t>
   </si>
   <si>
     <t>G16PINEY2NT</t>
   </si>
   <si>
     <t>Dropped</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -538,211 +535,211 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2">
-        <v>81.126</v>
+        <v>81.878</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3">
-        <v>78.589</v>
+        <v>77.45</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4">
-        <v>75.69199999999999</v>
+        <v>77.084999999999994</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="F5">
-        <v>74.42400000000001</v>
+        <v>74.848</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6">
-        <v>73.38</v>
+        <v>73.93000000000001</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
         <v>26</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7">
-        <v>70.56999999999999</v>
+        <v>71.007000000000005</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
         <v>29</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>30</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8">
-        <v>69.069999999999993</v>
+        <v>70.523</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" t="s">
         <v>33</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>34</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9">
-        <v>0.0</v>
+        <v>69.069999999999993</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
         <v>37</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>38</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>39</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>40</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10">
-        <v>78.14400000000001</v>
+        <v>77.613</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>