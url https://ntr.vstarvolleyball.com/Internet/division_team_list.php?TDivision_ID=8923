--- v0 (2026-02-14)
+++ v1 (2026-03-31)
@@ -12,323 +12,326 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Teams" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Club Name</t>
   </si>
   <si>
     <t>Team Name</t>
   </si>
   <si>
     <t>Display as</t>
   </si>
   <si>
     <t>TeamCode</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Indx_Pts</t>
   </si>
   <si>
+    <t>Wrecking Crew</t>
+  </si>
+  <si>
+    <t>WC-14 BLACK</t>
+  </si>
+  <si>
+    <t>Wrecking Crew 14B</t>
+  </si>
+  <si>
+    <t>G14WCREW2NT</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>East Texas Elite Volleyball Academy</t>
+  </si>
+  <si>
+    <t>14U1</t>
+  </si>
+  <si>
+    <t>eteva 141</t>
+  </si>
+  <si>
+    <t>G14ETEVA1LS</t>
+  </si>
+  <si>
+    <t>Paid</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infinity Volleyball Club </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVC 14U Catherine </t>
+  </si>
+  <si>
+    <t>G14INFTY3NT</t>
+  </si>
+  <si>
     <t>East Texas Juniors</t>
   </si>
   <si>
     <t>14 Black</t>
   </si>
   <si>
     <t>East Texas 14B</t>
   </si>
   <si>
     <t>G14ETXJR1NT</t>
   </si>
   <si>
-    <t>Paid</t>
-[...14 lines deleted...]
-    <t>Pending</t>
+    <t>The Cove</t>
+  </si>
+  <si>
+    <t>U14</t>
+  </si>
+  <si>
+    <t>Cove 14</t>
+  </si>
+  <si>
+    <t>G14COVEV1NT</t>
+  </si>
+  <si>
+    <t>Garrison 14U</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVC Garrison 14U </t>
+  </si>
+  <si>
+    <t>G14INFTY5NT</t>
+  </si>
+  <si>
+    <t>14 Blue</t>
+  </si>
+  <si>
+    <t>East Texas 14Blue</t>
+  </si>
+  <si>
+    <t>G14ETXJR3NT</t>
+  </si>
+  <si>
+    <t>Dynamic VC</t>
+  </si>
+  <si>
+    <t>14U Elite</t>
+  </si>
+  <si>
+    <t>14U Lilo</t>
+  </si>
+  <si>
+    <t>G14DYNVB1NT</t>
   </si>
   <si>
     <t>14 Sabine</t>
   </si>
   <si>
     <t>East TX Jrs 14 Sabine</t>
   </si>
   <si>
     <t>G14ETXJR6NT</t>
   </si>
   <si>
-    <t xml:space="preserve">Infinity Volleyball Club </t>
-[...28 lines deleted...]
-  <si>
     <t>Henderson Juniors Volleyball Club</t>
   </si>
   <si>
     <t>14 RED</t>
   </si>
   <si>
     <t>HJVC 14 RED</t>
   </si>
   <si>
     <t>G14HJVBC1NT</t>
   </si>
   <si>
-    <t>East Texas Elite Volleyball Academy</t>
-[...20 lines deleted...]
-    <t>G14COVEV1NT</t>
+    <t>Carthage Commanders</t>
+  </si>
+  <si>
+    <t>14U</t>
+  </si>
+  <si>
+    <t>Commanders 14U</t>
+  </si>
+  <si>
+    <t>G14CARCO1NT</t>
+  </si>
+  <si>
+    <t>Dynasty Volleyball Club</t>
+  </si>
+  <si>
+    <t>Dynasty 14u1</t>
+  </si>
+  <si>
+    <t>DVC141</t>
+  </si>
+  <si>
+    <t>G14DYNVB1LS</t>
+  </si>
+  <si>
+    <t>14 Mavs</t>
+  </si>
+  <si>
+    <t>East Texas 14 Mavs</t>
+  </si>
+  <si>
+    <t>G14ETXJR5NT</t>
   </si>
   <si>
     <t>Pineywoods Volleyball Club</t>
   </si>
   <si>
     <t>LEAD 14</t>
   </si>
   <si>
     <t>PVC LEAD 14</t>
   </si>
   <si>
     <t>G14PINEY4NT</t>
   </si>
   <si>
-    <t>Garrison 14U</t>
-[...5 lines deleted...]
-    <t>G14INFTY5NT</t>
+    <t>Reign Volleyball Club</t>
+  </si>
+  <si>
+    <t>14 White</t>
+  </si>
+  <si>
+    <t>REIGN-14-WHITE</t>
+  </si>
+  <si>
+    <t>G14REIGN2NT</t>
   </si>
   <si>
     <t>Titus Outcast Volleyball Club</t>
   </si>
   <si>
+    <t>Spicy</t>
+  </si>
+  <si>
+    <t>TVC Spicy</t>
+  </si>
+  <si>
+    <t>G14TITOC2NT</t>
+  </si>
+  <si>
+    <t>14 Red</t>
+  </si>
+  <si>
+    <t>East Texas Jrs 14 Red</t>
+  </si>
+  <si>
+    <t>G14ETXJR2NT</t>
+  </si>
+  <si>
+    <t>14U2</t>
+  </si>
+  <si>
+    <t>eteva 142</t>
+  </si>
+  <si>
+    <t>G14ETEVA2LS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WC-14 Turquoise </t>
+  </si>
+  <si>
+    <t>WC-14 Turquoise</t>
+  </si>
+  <si>
+    <t>G14WCREW6NT</t>
+  </si>
+  <si>
     <t>Anarchy</t>
   </si>
   <si>
     <t>TVC Anarchy</t>
   </si>
   <si>
     <t>G14TITOC1NT</t>
   </si>
   <si>
-    <t>14 Mavs</t>
-[...16 lines deleted...]
-  <si>
     <t>SBC Impact Volleyball</t>
   </si>
   <si>
+    <t>SBC Impact 14 Black</t>
+  </si>
+  <si>
+    <t>G14SBCIV1BY</t>
+  </si>
+  <si>
     <t>SBC Impact 14 Red</t>
   </si>
   <si>
     <t>G14SBCIV2BY</t>
   </si>
   <si>
-    <t>Spicy</t>
-[...8 lines deleted...]
-    <t>Dynasty Volleyball Club</t>
+    <t>WC-14 Grey</t>
+  </si>
+  <si>
+    <t>G14WCREW5NT</t>
+  </si>
+  <si>
+    <t>WC-14 Nation</t>
+  </si>
+  <si>
+    <t>G14WCREW7NT</t>
   </si>
   <si>
     <t>Dynasty 14u2</t>
   </si>
   <si>
     <t>DVC142</t>
   </si>
   <si>
     <t>G14DYNVB2LS</t>
   </si>
   <si>
-    <t xml:space="preserve">WC-14 Turquoise </t>
-[...65 lines deleted...]
-    <t>G14ETEVA2LS</t>
+    <t>DroppedPaid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -685,531 +688,531 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2">
-        <v>64.13</v>
+        <v>64.107</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3">
-        <v>63.796</v>
+        <v>62.852</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F4">
-        <v>63.465</v>
+        <v>62.288</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5">
-        <v>63.465</v>
+        <v>61.84</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F6">
-        <v>62.852</v>
+        <v>61.111</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7">
-        <v>61.323</v>
+        <v>60.958</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8">
-        <v>60.928</v>
+        <v>60.958</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9">
-        <v>60.537</v>
+        <v>60.823</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
         <v>37</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>38</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>39</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10">
-        <v>59.816</v>
+        <v>60.68</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
         <v>41</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>42</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>43</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F11">
-        <v>59.064</v>
+        <v>60.307</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12">
-        <v>59.064</v>
+        <v>60.268</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>48</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
       <c r="C13" t="s">
         <v>50</v>
       </c>
       <c r="D13" t="s">
         <v>51</v>
       </c>
       <c r="E13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F13">
-        <v>57.925</v>
+        <v>59.137</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F14">
-        <v>57.925</v>
+        <v>58.541</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F15">
-        <v>57.163</v>
+        <v>58.374</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B16" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F16">
-        <v>56.785</v>
+        <v>57.883</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E17" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F17">
-        <v>56.407</v>
+        <v>57.876</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F18">
-        <v>54.907</v>
+        <v>57.163</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19">
-        <v>53.407</v>
+        <v>57.163</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>7</v>
+        <v>73</v>
       </c>
       <c r="C20" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>10</v>
       </c>
       <c r="F20">
-        <v>51.907</v>
+        <v>56.023000000000003</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C21" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21">
-        <v>50.407</v>
+        <v>55.758</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22">
-        <v>48.907</v>
+        <v>54.596</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B23" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F23">
-        <v>0.0</v>
+        <v>54.033000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C24" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E24" t="s">
         <v>10</v>
       </c>
       <c r="F24">
-        <v>0.0</v>
+        <v>53.659</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C25" t="s">
         <v>86</v>
       </c>
       <c r="D25" t="s">
         <v>87</v>
       </c>
       <c r="E25" t="s">
         <v>10</v>
       </c>
       <c r="F25">
-        <v>0.0</v>
+        <v>50.97</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>88</v>
       </c>
       <c r="C26" t="s">
         <v>89</v>
       </c>
       <c r="D26" t="s">
         <v>90</v>
       </c>
       <c r="E26" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="F26">
-        <v>0.0</v>
+        <v>52.657</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>